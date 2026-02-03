--- v0 (2025-10-19)
+++ v1 (2026-02-03)
@@ -42,51 +42,51 @@
     <sheet name="Categoría de manejo (UICN)" sheetId="2" r:id="rId2"/>
     <sheet name="Instrumentos de Manejo" sheetId="3" r:id="rId3"/>
     <sheet name="Ambientes" sheetId="4" r:id="rId4"/>
     <sheet name="Tipo Ecorregión" sheetId="5" r:id="rId5"/>
     <sheet name="DPA" sheetId="6" r:id="rId6"/>
     <sheet name="Cuencas" sheetId="7" r:id="rId7"/>
     <sheet name="Historia legal" sheetId="8" r:id="rId8"/>
     <sheet name="Ecosistemas terrestres" sheetId="9" r:id="rId9"/>
     <sheet name="Ecosistemas marinos" sheetId="10" r:id="rId10"/>
     <sheet name="Humedales" sheetId="11" r:id="rId11"/>
     <sheet name="Servicios ecositémicos" sheetId="12" r:id="rId12"/>
     <sheet name="Autoridad Usuario" sheetId="13" r:id="rId13"/>
     <sheet name="Propiedad" sheetId="14" r:id="rId14"/>
     <sheet name="Objetos de protección" sheetId="15" r:id="rId15"/>
     <sheet name="Objetivos de protección" sheetId="16" r:id="rId16"/>
     <sheet name="Amenaza o fuente de presiones" sheetId="17" r:id="rId17"/>
     <sheet name="Uso de suelo" sheetId="18" r:id="rId18"/>
     <sheet name="Planes RECOGE" sheetId="19" r:id="rId19"/>
     <sheet name="Restauración ecológica" sheetId="20" r:id="rId20"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <si>
     <t>Nombre original</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Categoría o designación</t>
   </si>
   <si>
     <t>Código nacional</t>
   </si>
   <si>
     <t>Tipo designación</t>
   </si>
   <si>
     <t>Importancia</t>
   </si>
   <si>
     <t>Superficie oficial</t>
   </si>
   <si>
     <t>Superficie calculada</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>27°8′6′′S 109°25′48′′W</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Plan de manejo</t>
   </si>
   <si>
     <t>Plan de Manejo Integrado (PMI) que establece acciones para la gestión efectiva de las Áreas Marinas Protegidas de la ecorregión Isla de Pascua, incluye: el Parque Nacional Motu Motiro Hiva y las ACMUs Rapa Nui, Coral Nui Nui, Motu Tautara y Hanga Oteo.</t>
   </si>
   <si>
     <t>https://simbio.mma.gob.cl/CbaAP/DownloadDocument/3901</t>
+  </si>
+  <si>
+    <t>Otro</t>
   </si>
   <si>
     <t>Resolución 1819 EXENTA, que aprueba el Plan de Manejo Integrado (PMI) que establece acciones para la gestión efectiva de las Áreas Marinas Protegidas de la ecorregión Isla de Pascua, incluye: el Parque Nacional Motu Motiro Hiva y las ACMUs Rapa Nui, Coral Nui Nui, Motu Tautara y Hanga Oteo.</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1212739</t>
   </si>
   <si>
     <t>Presencia</t>
   </si>
   <si>
     <t>Procentaje del AP</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Porcentaje</t>
   </si>
   <si>
     <t>Región</t>
   </si>
@@ -536,634 +539,634 @@
         <v>26</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>70</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>75</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C2" s="1">
         <v>14.685</v>
       </c>
       <c r="D2" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="B1" s="2" t="s">
         <v>78</v>
       </c>
+      <c r="B1" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="C1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D1" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E1" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="E1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B3" s="1"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B2" s="1"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B1" s="2" t="s">
         <v>98</v>
       </c>
+      <c r="B1" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="C1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D1" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
+  <dimension ref="A1:B1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B1" s="2" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C2" s="1">
         <v>2025</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C3" s="1">
         <v>2025</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="B1" s="2" t="s">
         <v>40</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B2" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E1" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B1" s="2" t="s">
-        <v>45</v>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
+  <dimension ref="A1:E1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>50</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>43</v>
-[...20 lines deleted...]
-        <v>49</v>
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
+  <dimension ref="A1:F3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>53</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>43</v>
-[...29 lines deleted...]
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="B1" s="2" t="s">
         <v>70</v>
       </c>
+      <c r="B1" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="C1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-</file>
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>