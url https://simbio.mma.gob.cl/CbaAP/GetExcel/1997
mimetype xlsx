--- v0 (2025-10-19)
+++ v1 (2026-02-03)
@@ -146,61 +146,61 @@
   <si>
     <t>Los ecosistemas de montes submarinos, el fondo y columna de agua, los ecosistemas pelágicos, sus recursos hidrobiológicos y sus especies amenazadas.</t>
   </si>
   <si>
     <t>33°32′18′′S 77°48′24′′W</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Plan de manejo</t>
   </si>
   <si>
     <t xml:space="preserve">La elaboración de este Plan de Manejo para el Área Marina Costera Protegida de Múltiples usos Mar de Juan Fernández y Planes Generales de Administración para Parques Marinos contiguos, fue desarrollada bajo un proceso de consultoría utilizando la metodología de Estándares Abiertos para la Práctica de la Conservación (CMP, 2013), tanto en el desarrollo de la visión, como en la identificación de los Objetos de protección y sus amenazas. </t>
   </si>
   <si>
-    <t>https://simbio.mma.gob.cl/CbaAP/DownloadDocument/3886</t>
+    <t>https://simbio.mma.gob.cl/CbaAP/DownloadDocument/3893</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t xml:space="preserve">Resolución Exenta Nº 04557/2024, viernes, 13 de septiembre de 2024, publicada en el Diario Oficial el 9 de enero de 2025._x000D_
 Aprueba Plan de Manejo Para El Área de Conservación de Múltiples Usos Mar de Juan Fernández.</t>
   </si>
   <si>
-    <t>https://simbio.mma.gob.cl/CbaAP/DownloadDocument/3893</t>
+    <t>https://simbio.mma.gob.cl/CbaAP/DownloadDocument/3886</t>
   </si>
   <si>
     <t>Presencia</t>
   </si>
   <si>
     <t>Procentaje del AP</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Porcentaje</t>
   </si>
   <si>
     <t>Región</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Comuna</t>
   </si>