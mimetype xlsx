--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -26,51 +26,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="General" sheetId="1" r:id="rId1"/>
     <sheet name="Ecosistema" sheetId="2" r:id="rId2"/>
     <sheet name="Ombrotipos" sheetId="3" r:id="rId3"/>
     <sheet name="Termotipos" sheetId="4" r:id="rId4"/>
     <sheet name="Bioclimas" sheetId="5" r:id="rId5"/>
     <sheet name="DPA" sheetId="6" r:id="rId6"/>
     <sheet name="Cuencas" sheetId="7" r:id="rId7"/>
     <sheet name="Comunidades intrazonales" sheetId="8" r:id="rId8"/>
     <sheet name="Comunidades extrazonales" sheetId="9" r:id="rId9"/>
     <sheet name="Áreas protegidas" sheetId="10" r:id="rId10"/>
     <sheet name="Planes RECOGE" sheetId="11" r:id="rId11"/>
     <sheet name="Restauración ecológica" sheetId="12" r:id="rId12"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
     <t>ID ecosistema terrestre</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fuente del nombre del piso vegetacional original</t>
   </si>
   <si>
     <t>Criterio A2b de UICN</t>
   </si>
   <si>
     <t>Criterio A3 de UICN</t>
   </si>
   <si>
     <t>Criterio B2 de UICN</t>
   </si>
   <si>
     <t>Criterio C2 de UICN</t>
   </si>
   <si>
@@ -509,56 +509,50 @@
     <t>Parque Nacional</t>
   </si>
   <si>
     <t>Nonguén</t>
   </si>
   <si>
     <t>WDPA-248</t>
   </si>
   <si>
     <t>Santuario de la Naturaleza</t>
   </si>
   <si>
     <t>Humedal Tubul Raqui</t>
   </si>
   <si>
     <t>SP2-065</t>
   </si>
   <si>
     <t>Sitio Prioritario (Estrategia Regional de Biodiversidad)</t>
   </si>
   <si>
     <t>Tome - Neuque</t>
   </si>
   <si>
     <t>SP2-069</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fundo Nonguén</t>
   </si>
   <si>
     <t>ICP-139</t>
   </si>
   <si>
     <t>Conservación Privada y Comunitaria</t>
   </si>
   <si>
     <t>Parque Jorge Alessandri / Fundo Escuadron</t>
   </si>
   <si>
     <t>ICP-155</t>
   </si>
   <si>
     <t>AAVC Chaura De Laraquete De Las Corrientes</t>
   </si>
   <si>
     <t>ICP-159</t>
   </si>
   <si>
     <t>AAVC Michay Araucano De Yane</t>
   </si>
   <si>
     <t>ICP-164</t>
   </si>
@@ -753,51 +747,51 @@
         <v>53890.014191729104</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:C12"/>
+  <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>153</v>
@@ -819,193 +813,182 @@
         <v>157</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>173</v>
-      </c>
-[...9 lines deleted...]
-        <v>175</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>28</v>
       </c>