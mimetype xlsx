--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="General" sheetId="1" r:id="rId1"/>
     <sheet name="Áreas protegidas" sheetId="2" r:id="rId2"/>
     <sheet name="Planes RECOGE" sheetId="3" r:id="rId3"/>
     <sheet name="Restauración ecológica" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>ID ecosistema marino</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ecorregión</t>
   </si>
   <si>
     <t>Superficie</t>
   </si>
   <si>
     <t>Zona</t>
   </si>
   <si>
     <t>Zona de origen</t>
   </si>
   <si>
     <t>Geoformas</t>
   </si>
   <si>
@@ -129,60 +129,54 @@
   <si>
     <t>WDPA-159</t>
   </si>
   <si>
     <t>Yendegaia</t>
   </si>
   <si>
     <t>WDPA-182</t>
   </si>
   <si>
     <t>Área de Conservación de Múltiples Usos</t>
   </si>
   <si>
     <t>Seno Almirantazgo</t>
   </si>
   <si>
     <t>SP1-044</t>
   </si>
   <si>
     <t>Sitio Prioritario (Ley 19.300 art. 11, letra d)</t>
   </si>
   <si>
     <t>Lago Blanco-Kami/Reservas Biológicas de Río Cóndor</t>
   </si>
   <si>
-    <t>SP2-184</t>
+    <t>SP2-198</t>
   </si>
   <si>
     <t>Sitio Prioritario (Estrategia Regional de Biodiversidad)</t>
-  </si>
-[...4 lines deleted...]
-    <t>SP2-198</t>
   </si>
   <si>
     <t>Cabo de Hornos</t>
   </si>
   <si>
     <t>BNP-052</t>
   </si>
   <si>
     <t>Bien Nacional Protegido (BNP)</t>
   </si>
   <si>
     <t>Lote 7 Rio Paralelo</t>
   </si>
   <si>
     <t>BNP-056</t>
   </si>
   <si>
     <t>Isla Albatros</t>
   </si>
   <si>
     <t>RBIO-007</t>
   </si>
   <si>
     <t>Reserva de la Biosfera</t>
   </si>
@@ -355,51 +349,51 @@
       </c>
       <c r="L2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1">
         <v>0</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>30</v>
@@ -432,98 +426,87 @@
         <v>36</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      <c r="A11" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>