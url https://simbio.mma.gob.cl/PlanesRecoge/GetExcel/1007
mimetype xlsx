--- v0 (2025-11-04)
+++ v1 (2026-02-28)
@@ -32,51 +32,51 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="General" sheetId="1" r:id="rId1"/>
     <sheet name="Decretos" sheetId="2" r:id="rId2"/>
     <sheet name="Especies" sheetId="3" r:id="rId3"/>
     <sheet name="Paisajes de restauración" sheetId="4" r:id="rId4"/>
     <sheet name="Humedales" sheetId="5" r:id="rId5"/>
     <sheet name="Factores de amenaza" sheetId="6" r:id="rId6"/>
     <sheet name="Plan de acción" sheetId="7" r:id="rId7"/>
     <sheet name="Objetivos" sheetId="8" r:id="rId8"/>
     <sheet name="Líneas de acción" sheetId="9" r:id="rId9"/>
     <sheet name="DPA" sheetId="10" r:id="rId10"/>
     <sheet name="Cuencas" sheetId="11" r:id="rId11"/>
     <sheet name="Áreas protegidas" sheetId="12" r:id="rId12"/>
     <sheet name="Ecosistemas terrestres" sheetId="13" r:id="rId13"/>
     <sheet name="Ecosistemas marinos" sheetId="14" r:id="rId14"/>
     <sheet name="Restauración ecológica" sheetId="15" r:id="rId15"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="894">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="895">
   <si>
     <t>ID plan</t>
   </si>
   <si>
     <t>Nombre oficial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Proponente</t>
   </si>
   <si>
     <t>Vía de ingreso</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Superficie</t>
   </si>
   <si>
@@ -1846,72 +1846,75 @@
   <si>
     <t>WDPA-033</t>
   </si>
   <si>
     <t>Bosque Fray Jorge</t>
   </si>
   <si>
     <t>WDPA-036</t>
   </si>
   <si>
     <t>Archipiélago Juan Fernández</t>
   </si>
   <si>
     <t>WDPA-045</t>
   </si>
   <si>
     <t>WDPA-060</t>
   </si>
   <si>
     <t>Pan de Azúcar</t>
   </si>
   <si>
     <t>WDPA-062</t>
   </si>
   <si>
+    <t>Reserva Marina</t>
+  </si>
+  <si>
+    <t>Bahía Moreno - La Rinconada</t>
+  </si>
+  <si>
+    <t>WDPA-063</t>
+  </si>
+  <si>
+    <t>WDPA-064</t>
+  </si>
+  <si>
+    <t>Islas Choros - Damas</t>
+  </si>
+  <si>
+    <t>WDPA-065</t>
+  </si>
+  <si>
+    <t>Pullinque</t>
+  </si>
+  <si>
+    <t>WDPA-073</t>
+  </si>
+  <si>
     <t>Reserva Nacional</t>
-  </si>
-[...19 lines deleted...]
-    <t>WDPA-073</t>
   </si>
   <si>
     <t>El Yali</t>
   </si>
   <si>
     <t>WDPA-082</t>
   </si>
   <si>
     <t>Laguna Torca (RN)</t>
   </si>
   <si>
     <t>WDPA-085</t>
   </si>
   <si>
     <t>WDPA-115</t>
   </si>
   <si>
     <t>Pingüino de Humboldt</t>
   </si>
   <si>
     <t>WDPA-116</t>
   </si>
   <si>
     <t>Santuario de la Naturaleza</t>
   </si>
@@ -2919,51 +2922,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="1">
-        <v>112876257.22232839</v>
+        <v>111802909.86127807</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E80"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -7327,1919 +7330,1919 @@
         <v>582</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>584</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
         <v>586</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B19" s="1"/>
       <c r="C19" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 