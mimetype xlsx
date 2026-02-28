--- v0 (2025-11-04)
+++ v1 (2026-02-28)
@@ -32,51 +32,51 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="General" sheetId="1" r:id="rId1"/>
     <sheet name="Decretos" sheetId="2" r:id="rId2"/>
     <sheet name="Especies" sheetId="3" r:id="rId3"/>
     <sheet name="Paisajes de restauración" sheetId="4" r:id="rId4"/>
     <sheet name="Humedales" sheetId="5" r:id="rId5"/>
     <sheet name="Factores de amenaza" sheetId="6" r:id="rId6"/>
     <sheet name="Plan de acción" sheetId="7" r:id="rId7"/>
     <sheet name="Objetivos" sheetId="8" r:id="rId8"/>
     <sheet name="Líneas de acción" sheetId="9" r:id="rId9"/>
     <sheet name="DPA" sheetId="10" r:id="rId10"/>
     <sheet name="Cuencas" sheetId="11" r:id="rId11"/>
     <sheet name="Áreas protegidas" sheetId="12" r:id="rId12"/>
     <sheet name="Ecosistemas terrestres" sheetId="13" r:id="rId13"/>
     <sheet name="Ecosistemas marinos" sheetId="14" r:id="rId14"/>
     <sheet name="Restauración ecológica" sheetId="15" r:id="rId15"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="585" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="586">
   <si>
     <t>ID plan</t>
   </si>
   <si>
     <t>Nombre oficial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Proponente</t>
   </si>
   <si>
     <t>Vía de ingreso</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Superficie</t>
   </si>
   <si>
@@ -1202,66 +1202,69 @@
   <si>
     <t>WDPA-031</t>
   </si>
   <si>
     <t>Parque Nacional</t>
   </si>
   <si>
     <t>Morro Moreno</t>
   </si>
   <si>
     <t>WDPA-032</t>
   </si>
   <si>
     <t>Llanos del Challe</t>
   </si>
   <si>
     <t>WDPA-060</t>
   </si>
   <si>
     <t>Pan de Azúcar</t>
   </si>
   <si>
     <t>WDPA-062</t>
   </si>
   <si>
+    <t>Reserva Marina</t>
+  </si>
+  <si>
+    <t>Bahía Moreno - La Rinconada</t>
+  </si>
+  <si>
+    <t>WDPA-063</t>
+  </si>
+  <si>
+    <t>WDPA-064</t>
+  </si>
+  <si>
+    <t>Islas Choros - Damas</t>
+  </si>
+  <si>
+    <t>WDPA-068</t>
+  </si>
+  <si>
     <t>Reserva Nacional</t>
-  </si>
-[...13 lines deleted...]
-    <t>WDPA-068</t>
   </si>
   <si>
     <t>WDPA-069</t>
   </si>
   <si>
     <t>La Chimba</t>
   </si>
   <si>
     <t>WDPA-115</t>
   </si>
   <si>
     <t>Pingüino de Humboldt</t>
   </si>
   <si>
     <t>WDPA-116</t>
   </si>
   <si>
     <t>Santuario de la Naturaleza</t>
   </si>
   <si>
     <t>Humedal de la Desembocadura del Río Lluta</t>
   </si>
   <si>
     <t>WDPA-117</t>
   </si>
@@ -1951,51 +1954,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="1">
-        <v>60177695.50726337</v>
+        <v>60054401.207947247</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -4582,1455 +4585,1455 @@
         <v>380</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:C33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B19" s="1"/>
       <c r="C19" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B27" s="1"/>
       <c r="C27" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B28" s="1"/>
       <c r="C28" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>23</v>
       </c>