--- v0 (2025-11-04)
+++ v1 (2026-02-28)
@@ -1056,51 +1056,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="1">
-        <v>204470.23830928</v>
+        <v>204475.04451797</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">