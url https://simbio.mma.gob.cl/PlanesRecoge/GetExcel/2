--- v0 (2025-11-04)
+++ v1 (2026-02-28)
@@ -32,51 +32,51 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="General" sheetId="1" r:id="rId1"/>
     <sheet name="Decretos" sheetId="2" r:id="rId2"/>
     <sheet name="Especies" sheetId="3" r:id="rId3"/>
     <sheet name="Paisajes de restauración" sheetId="4" r:id="rId4"/>
     <sheet name="Humedales" sheetId="5" r:id="rId5"/>
     <sheet name="Factores de amenaza" sheetId="6" r:id="rId6"/>
     <sheet name="Plan de acción" sheetId="7" r:id="rId7"/>
     <sheet name="Objetivos" sheetId="8" r:id="rId8"/>
     <sheet name="Líneas de acción" sheetId="9" r:id="rId9"/>
     <sheet name="DPA" sheetId="10" r:id="rId10"/>
     <sheet name="Cuencas" sheetId="11" r:id="rId11"/>
     <sheet name="Áreas protegidas" sheetId="12" r:id="rId12"/>
     <sheet name="Ecosistemas terrestres" sheetId="13" r:id="rId13"/>
     <sheet name="Ecosistemas marinos" sheetId="14" r:id="rId14"/>
     <sheet name="Restauración ecológica" sheetId="15" r:id="rId15"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="646">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="647" uniqueCount="647">
   <si>
     <t>ID plan</t>
   </si>
   <si>
     <t>Nombre oficial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Proponente</t>
   </si>
   <si>
     <t>Vía de ingreso</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Superficie</t>
   </si>
   <si>
@@ -1751,50 +1751,53 @@
     <t>WDPA-117</t>
   </si>
   <si>
     <t>Santuario de la Naturaleza Cerro Dragón</t>
   </si>
   <si>
     <t>WDPA-157</t>
   </si>
   <si>
     <t>Paposo Norte</t>
   </si>
   <si>
     <t>WDPA-203</t>
   </si>
   <si>
     <t>Santuario de la Naturaleza Aguada La Chimba</t>
   </si>
   <si>
     <t>WDPA-230</t>
   </si>
   <si>
     <t>Itata - Gualaguala</t>
   </si>
   <si>
     <t>WDPA-233</t>
+  </si>
+  <si>
+    <t>Reserva Marina</t>
   </si>
   <si>
     <t>La Puntilla – Playa Chinchorro</t>
   </si>
   <si>
     <t>WDPA-234</t>
   </si>
   <si>
     <t>Oasis de Niebla Punta Gruesa</t>
   </si>
   <si>
     <t>WDPA-246</t>
   </si>
   <si>
     <t>Área de Conservación de Múltiples Usos</t>
   </si>
   <si>
     <t>Mar de Pisagua</t>
   </si>
   <si>
     <t>WDPA-247</t>
   </si>
   <si>
     <t>Desembocadura Río Loa</t>
   </si>
@@ -2136,51 +2139,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="1">
-        <v>1325814.18759908</v>
+        <v>1326262.2387981</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -3101,633 +3104,633 @@
         <v>556</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>558</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>560</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>23</v>
       </c>